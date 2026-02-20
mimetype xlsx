--- v0 (2025-12-16)
+++ v1 (2026-02-20)
@@ -17,108 +17,108 @@
   <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" />
   <Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" />
   <Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" />
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Tablib Dataset" r:id="rId1" sheetId="1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
+    <t>Ana Ellamin Pamplona Ramírez (XVI)</t>
+  </si>
+  <si>
+    <t>Diputado</t>
+  </si>
+  <si>
+    <t>Asistencia</t>
+  </si>
+  <si>
+    <t>Euterpe Alicia Gutiérrez Valasis (XVI)</t>
+  </si>
+  <si>
+    <t>Hora</t>
+  </si>
+  <si>
+    <t>Edgar Humberto Gasca Arceo (XVI)</t>
+  </si>
+  <si>
+    <t>Fraccion</t>
+  </si>
+  <si>
+    <t>MORENA</t>
+  </si>
+  <si>
+    <t>Erika Guadalupe Castillo Acosta (XVI)</t>
+  </si>
+  <si>
     <t>sesion</t>
   </si>
   <si>
+    <t>Sesión Número 2 de la Comisión Permanente del Segundo Periodo de Receso del Tercer Año de Ejercicio Constitucional.</t>
+  </si>
+  <si>
+    <t>María Cristina Torres Gómez (XVI)</t>
+  </si>
+  <si>
+    <t>Fecha</t>
+  </si>
+  <si>
+    <t>Extension</t>
+  </si>
+  <si>
+    <t>Aurora Concepción Pool Cauich (XVI)</t>
+  </si>
+  <si>
+    <t>Estatus</t>
+  </si>
+  <si>
+    <t>PRD</t>
+  </si>
+  <si>
+    <t>PAN</t>
+  </si>
+  <si>
     <t>07/06/22</t>
   </si>
   <si>
-    <t>María Cristina Torres Gómez (XVI)</t>
-[...13 lines deleted...]
-  <si>
     <t>Eduardo Lorenzo Martínez Arcila (XVI)</t>
-  </si>
-[...34 lines deleted...]
-    <t>Hora</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -449,227 +449,227 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col collapsed="0" min="1" max="1" width="9.10"/>
     <col collapsed="0" min="2" max="2" width="9.10"/>
     <col collapsed="0" min="3" max="3" width="9.10"/>
     <col collapsed="0" min="4" max="4" width="9.10"/>
     <col collapsed="0" min="5" max="5" width="9.10"/>
     <col collapsed="0" min="6" max="6" width="9.10"/>
     <col collapsed="0" min="7" max="7" width="9.10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1" t="s" s="1">
+        <v>6</v>
+      </c>
+      <c r="C1" t="s" s="1">
+        <v>13</v>
+      </c>
+      <c r="D1" t="s" s="1">
+        <v>9</v>
+      </c>
+      <c r="E1" t="s" s="1">
         <v>15</v>
       </c>
-      <c r="B1" t="s" s="1">
+      <c r="F1" t="s" s="1">
         <v>12</v>
       </c>
-      <c r="C1" t="s" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G1" t="s" s="1">
-        <v>19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="B2" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C2" t="n">
         <v>250</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F2" t="s">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G2" t="n" s="2">
         <v>0.5833333333333334</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C3" t="n">
         <v>251</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F3" t="s">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G3" t="n" s="2">
         <v>0.5833333333333334</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C4" t="n">
         <v>210</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F4" t="s">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G4" t="n" s="2">
         <v>0.5833333333333334</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C5" t="n">
         <v>204</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F5" t="s">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G5" t="n" s="2">
         <v>0.5833333333333334</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C6" t="n">
         <v>257</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F6" t="s">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G6" t="n" s="2">
         <v>0.5833333333333334</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C7" t="n">
         <v>253</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F7" t="s">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G7" t="n" s="2">
         <v>0.5833333333333334</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C8" t="n">
         <v>256</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F8" t="s">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G8" t="n" s="2">
         <v>0.5833333333333334</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>